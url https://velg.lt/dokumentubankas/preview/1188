--- v0 (2025-10-08)
+++ v1 (2026-03-10)
@@ -1,82 +1,159 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
+    <w:p w14:paraId="14A6609F" w14:textId="77777777" w:rsidR="008C7677" w:rsidRPr="000A3AB3" w:rsidRDefault="008C7677" w:rsidP="008C7677">
+      <w:pPr>
+        <w:ind w:left="4320" w:firstLine="720"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000A3AB3">
+        <w:t>PATVIRTINTA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DD57446" w14:textId="77777777" w:rsidR="008C7677" w:rsidRPr="000A3AB3" w:rsidRDefault="008C7677" w:rsidP="008C7677">
+      <w:pPr>
+        <w:ind w:left="4320" w:firstLine="720"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000A3AB3">
+        <w:t xml:space="preserve">Jurbarko r. Veliuonos Antano ir Jono </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10DA8A55" w14:textId="77777777" w:rsidR="008C7677" w:rsidRPr="000A3AB3" w:rsidRDefault="008C7677" w:rsidP="008C7677">
+      <w:pPr>
+        <w:ind w:left="4320" w:firstLine="720"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000A3AB3">
+        <w:t xml:space="preserve">Juškų gimnazijos direktoriaus </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AF99DBF" w14:textId="57AF8F62" w:rsidR="008C7677" w:rsidRPr="000A3AB3" w:rsidRDefault="008C7677" w:rsidP="008C7677">
+      <w:pPr>
+        <w:ind w:left="5040"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000A3AB3">
+        <w:t>2026 m. vasario 24 d. įsakymu Nr. VK-</w:t>
+      </w:r>
+      <w:r w:rsidR="00F053F1">
+        <w:t>70</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45256B13" w14:textId="5B187DA5" w:rsidR="008C7677" w:rsidRPr="000A3AB3" w:rsidRDefault="008C7677" w:rsidP="008C7677">
+      <w:pPr>
+        <w:ind w:left="4320" w:firstLine="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A3AB3">
+        <w:t xml:space="preserve"> priedas</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="39F8AEFC" w14:textId="77777777" w:rsidR="00B4380D" w:rsidRDefault="00FE7043" w:rsidP="000642CB">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="145DCFA4" w14:textId="77777777" w:rsidR="00A60CDE" w:rsidRDefault="00A60CDE" w:rsidP="000642CB">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6DF3951A" w14:textId="77777777" w:rsidR="00A60CDE" w:rsidRDefault="00A60CDE" w:rsidP="000642CB">
+    <w:p w14:paraId="6DF3951A" w14:textId="504C100B" w:rsidR="00A60CDE" w:rsidRPr="009670C7" w:rsidRDefault="008D081F" w:rsidP="000642CB">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:lang w:val="lt-LT"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:i/>
+          <w:iCs/>
+          <w:u w:val="single"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009670C7">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:u w:val="single"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>(prašymo priimti mokytis pagal ikimokyklinio ugdymo programą form</w:t>
+      </w:r>
+      <w:r w:rsidR="00F053F1" w:rsidRPr="009670C7">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:u w:val="single"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009670C7">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:u w:val="single"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="34ABEE12" w14:textId="77777777" w:rsidR="00A60CDE" w:rsidRDefault="00A60CDE" w:rsidP="000642CB">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42D90A78" w14:textId="77777777" w:rsidR="00B4380D" w:rsidRDefault="00B4380D" w:rsidP="000642CB">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1B7386F2" w14:textId="77777777" w:rsidR="00702B03" w:rsidRDefault="00702B03" w:rsidP="000642CB">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -86,104 +163,102 @@
         <w:t>_____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A0CB43A" w14:textId="77777777" w:rsidR="009E2115" w:rsidRDefault="00702B03" w:rsidP="000642CB">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">(tėvų (globėjų, rūpintojų) vardas, pavardė) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="146AE565" w14:textId="77777777" w:rsidR="00702B03" w:rsidRDefault="00702B03">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="63EF22BD" w14:textId="77777777" w:rsidR="00702B03" w:rsidRDefault="00702B03">
+    <w:p w14:paraId="68149EB3" w14:textId="77777777" w:rsidR="00702B03" w:rsidRDefault="00702B03">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>__________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68149EB3" w14:textId="77777777" w:rsidR="00702B03" w:rsidRDefault="00702B03">
+    <w:p w14:paraId="7A192465" w14:textId="77777777" w:rsidR="00702B03" w:rsidRDefault="00702B03">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7A192465" w14:textId="77777777" w:rsidR="00702B03" w:rsidRDefault="00702B03">
+        <w:t>_____________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3196420F" w14:textId="41D7AF53" w:rsidR="009E0805" w:rsidRDefault="00702B03" w:rsidP="00702B03">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>_____________________________________________________________________________</w:t>
-[...13 lines deleted...]
-        <w:t>(adresas, tel., el.</w:t>
+        <w:t>(adresas, tel.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE7F34">
+        <w:rPr>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nr.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>, el.</w:t>
       </w:r>
       <w:r w:rsidR="00EC4807">
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>p.)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C710D97" w14:textId="77777777" w:rsidR="009E2115" w:rsidRDefault="009E2115">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="48235962" w14:textId="77777777" w:rsidR="009E2115" w:rsidRDefault="009E2115">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="lt-LT"/>
@@ -320,64 +395,50 @@
         </w:rPr>
         <w:t>__________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13C1B144" w14:textId="77777777" w:rsidR="00DB6DBD" w:rsidRDefault="00DB6DBD">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Veliuona</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08BA39B9" w14:textId="77777777" w:rsidR="009E2115" w:rsidRDefault="009E2115">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B4534A3" w14:textId="77777777" w:rsidR="009E2115" w:rsidRDefault="009E2115">
-[...12 lines deleted...]
-    </w:p>
     <w:p w14:paraId="2121D8B1" w14:textId="77777777" w:rsidR="009E2115" w:rsidRDefault="009E2115">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2A82BF31" w14:textId="77777777" w:rsidR="00702B03" w:rsidRDefault="00EA3FB8" w:rsidP="00DB6DBD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-3600"/>
         </w:tabs>
         <w:ind w:firstLine="1260"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Prašau</w:t>
       </w:r>
       <w:r w:rsidR="001F0A7F">
@@ -527,152 +588,152 @@
           <w:szCs w:val="20"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00702B03">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>(data)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5567178C" w14:textId="77777777" w:rsidR="00AC1B0F" w:rsidRDefault="00AC1B0F" w:rsidP="009C3C6D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-3600"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6EFF40C8" w14:textId="77777777" w:rsidR="00EC4807" w:rsidRDefault="00DB6DBD" w:rsidP="009C3C6D">
+    <w:p w14:paraId="6EFF40C8" w14:textId="7FAE5982" w:rsidR="00EC4807" w:rsidRDefault="00DB6DBD" w:rsidP="00DE7F34">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-3600"/>
         </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">priimti </w:t>
       </w:r>
       <w:r w:rsidR="00732D6D">
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>ugdyti</w:t>
       </w:r>
+      <w:r w:rsidR="00DE7F34">
+        <w:rPr>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s pagal ikimokyklinio ugdymo programą </w:t>
+      </w:r>
+      <w:r w:rsidR="008E7ECD">
+        <w:rPr>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>į</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008E7ECD">
-[...5 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00953481">
+        <w:rPr>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>ikimokyklinio</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ugdymo </w:t>
+      </w:r>
+      <w:r w:rsidR="00732D6D">
+        <w:rPr>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>grupę</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nuo 20</w:t>
+      </w:r>
+      <w:r w:rsidR="001859A8">
+        <w:rPr>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> m. </w:t>
+      </w:r>
+      <w:r w:rsidR="001859A8">
+        <w:rPr>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>__________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC4807">
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00953481">
-[...56 lines deleted...]
-    <w:p w14:paraId="51651A36" w14:textId="77777777" w:rsidR="00512256" w:rsidRDefault="00512256" w:rsidP="009C3C6D">
+    </w:p>
+    <w:p w14:paraId="51651A36" w14:textId="77777777" w:rsidR="00512256" w:rsidRDefault="00512256" w:rsidP="00DE7F34">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-3600"/>
         </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2EAB76A4" w14:textId="77777777" w:rsidR="00512256" w:rsidRDefault="00512256" w:rsidP="009C3C6D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-3600"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lt-LT"/>
@@ -700,297 +761,266 @@
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="66F8C8CB" w14:textId="77777777" w:rsidR="00732D6D" w:rsidRDefault="00732D6D" w:rsidP="00732D6D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-3600"/>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="713C09AE" w14:textId="77777777" w:rsidR="00732D6D" w:rsidRDefault="00732D6D" w:rsidP="00732D6D">
-[...2 lines deleted...]
-          <w:tab w:val="left" w:pos="-3600"/>
+    <w:p w14:paraId="607A856C" w14:textId="77777777" w:rsidR="009E2115" w:rsidRDefault="009E2115">
+      <w:pPr>
+        <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="274C54AB" w14:textId="77777777" w:rsidR="00732D6D" w:rsidRDefault="00732D6D" w:rsidP="00731D26">
-[...2 lines deleted...]
-          <w:tab w:val="left" w:pos="-3600"/>
+    <w:p w14:paraId="575D62FD" w14:textId="77777777" w:rsidR="009E2115" w:rsidRDefault="009E2115">
+      <w:pPr>
+        <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...9 lines deleted...]
-          <w:tab w:val="left" w:pos="-3600"/>
+    </w:p>
+    <w:p w14:paraId="34AB6D2F" w14:textId="77777777" w:rsidR="009E2115" w:rsidRDefault="009E2115">
+      <w:pPr>
+        <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="0D646B71" w14:textId="77777777" w:rsidR="00EA3FB8" w:rsidRDefault="00EA3FB8" w:rsidP="00EA3FB8">
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="001F0A7F">
+        <w:rPr>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>______________</w:t>
+      </w:r>
+      <w:r w:rsidR="001F0A7F">
+        <w:rPr>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="009C3C6D">
+        <w:rPr>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>__________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F8885C8" w14:textId="77777777" w:rsidR="009C3C6D" w:rsidRDefault="009C3C6D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
-        <w:jc w:val="distribute"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="607A856C" w14:textId="77777777" w:rsidR="009E2115" w:rsidRDefault="009E2115">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(parašas)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(v., pavardė)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7088B163" w14:textId="77777777" w:rsidR="008C7677" w:rsidRDefault="008C7677">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="575D62FD" w14:textId="77777777" w:rsidR="009E2115" w:rsidRDefault="009E2115">
+    <w:p w14:paraId="67566402" w14:textId="6E85804A" w:rsidR="008C7677" w:rsidRDefault="008C7677" w:rsidP="008C7677">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
-        <w:jc w:val="both"/>
-[...126 lines deleted...]
-    <w:sectPr w:rsidR="009C3C6D">
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="008C7677">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5C4E6592"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6158D33C"/>
     <w:lvl w:ilvl="0" w:tplc="C08EC0A8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1620"/>
         </w:tabs>
         <w:ind w:left="1620" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -1179,214 +1209,269 @@
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6660"/>
         </w:tabs>
         <w:ind w:left="6660" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7380"/>
         </w:tabs>
         <w:ind w:left="7380" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="2028824539">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="895822583">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="110"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
+  <w:hyphenationZone w:val="396"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:savePreviewPicture/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D87321"/>
     <w:rsid w:val="000208AD"/>
     <w:rsid w:val="000642CB"/>
     <w:rsid w:val="00066E8D"/>
     <w:rsid w:val="000D5B2E"/>
     <w:rsid w:val="00102D31"/>
     <w:rsid w:val="001575D2"/>
     <w:rsid w:val="001859A8"/>
     <w:rsid w:val="0019796F"/>
     <w:rsid w:val="001F0A7F"/>
     <w:rsid w:val="00227E63"/>
     <w:rsid w:val="00232D6E"/>
     <w:rsid w:val="00253FB4"/>
     <w:rsid w:val="00263963"/>
+    <w:rsid w:val="00280479"/>
     <w:rsid w:val="00303348"/>
     <w:rsid w:val="00321DE3"/>
     <w:rsid w:val="00324B15"/>
     <w:rsid w:val="003812D8"/>
     <w:rsid w:val="003C0E59"/>
     <w:rsid w:val="003E7D29"/>
     <w:rsid w:val="003F4E24"/>
     <w:rsid w:val="003F64D7"/>
     <w:rsid w:val="004200DE"/>
     <w:rsid w:val="00425403"/>
     <w:rsid w:val="005035CD"/>
     <w:rsid w:val="00503B94"/>
     <w:rsid w:val="00512256"/>
     <w:rsid w:val="00561BA6"/>
     <w:rsid w:val="00565CB5"/>
     <w:rsid w:val="005929F2"/>
     <w:rsid w:val="00595950"/>
     <w:rsid w:val="005C533E"/>
+    <w:rsid w:val="005D2201"/>
     <w:rsid w:val="00647788"/>
     <w:rsid w:val="00692731"/>
     <w:rsid w:val="006C0624"/>
     <w:rsid w:val="00702B03"/>
     <w:rsid w:val="00722884"/>
     <w:rsid w:val="00731D26"/>
     <w:rsid w:val="00732D6D"/>
     <w:rsid w:val="0079352D"/>
     <w:rsid w:val="007F3D3E"/>
     <w:rsid w:val="00832AA8"/>
     <w:rsid w:val="00893FDE"/>
     <w:rsid w:val="008B4BF2"/>
+    <w:rsid w:val="008C7677"/>
+    <w:rsid w:val="008D081F"/>
     <w:rsid w:val="008E7ECD"/>
+    <w:rsid w:val="00942342"/>
     <w:rsid w:val="00953481"/>
     <w:rsid w:val="009603E5"/>
+    <w:rsid w:val="009670C7"/>
     <w:rsid w:val="00970998"/>
     <w:rsid w:val="009813C7"/>
     <w:rsid w:val="009C3C6D"/>
     <w:rsid w:val="009E0805"/>
     <w:rsid w:val="009E2115"/>
     <w:rsid w:val="00A148F6"/>
     <w:rsid w:val="00A22D38"/>
     <w:rsid w:val="00A30EB3"/>
     <w:rsid w:val="00A41EF3"/>
     <w:rsid w:val="00A60CDE"/>
+    <w:rsid w:val="00A75EDE"/>
     <w:rsid w:val="00AC1B0F"/>
     <w:rsid w:val="00AE5957"/>
     <w:rsid w:val="00AF1F43"/>
     <w:rsid w:val="00B42EFE"/>
     <w:rsid w:val="00B4380D"/>
     <w:rsid w:val="00B755BA"/>
     <w:rsid w:val="00BA734C"/>
     <w:rsid w:val="00BC3C74"/>
     <w:rsid w:val="00BF4D61"/>
     <w:rsid w:val="00C24482"/>
     <w:rsid w:val="00C4228E"/>
     <w:rsid w:val="00CE7D57"/>
     <w:rsid w:val="00CF1EA2"/>
     <w:rsid w:val="00CF339A"/>
     <w:rsid w:val="00D35309"/>
     <w:rsid w:val="00D87321"/>
+    <w:rsid w:val="00DA01BC"/>
     <w:rsid w:val="00DB6DBD"/>
+    <w:rsid w:val="00DE7F34"/>
     <w:rsid w:val="00E37F52"/>
     <w:rsid w:val="00E71010"/>
     <w:rsid w:val="00EA3FB8"/>
     <w:rsid w:val="00EC4807"/>
+    <w:rsid w:val="00F053F1"/>
     <w:rsid w:val="00F804B8"/>
     <w:rsid w:val="00FE7043"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="00616677"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{C75DBC0E-530C-457D-AFFA-56816BDBC39C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -1562,114 +1647,122 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-GB" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Antrat1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="prastasis"/>
     <w:next w:val="prastasis"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:lang w:val="lt-LT"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sraonra">
     <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Debesliotekstas">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="prastasis"/>
     <w:semiHidden/>
     <w:rsid w:val="00B755BA"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="„Office“ tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
@@ -1942,50 +2035,67 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_activity xmlns="2204e8bd-95e2-4148-a2b3-628fc7862ce8" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokumentas" ma:contentTypeID="0x010100F6E98CCA8F957343BA4A2F3271E8138F" ma:contentTypeVersion="13" ma:contentTypeDescription="Kurkite naują dokumentą." ma:contentTypeScope="" ma:versionID="d982c3e8d3397f4e893943d981016459">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="2204e8bd-95e2-4148-a2b3-628fc7862ce8" xmlns:ns4="d73bae03-3a88-4c7d-9a74-7de958f23395" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a769a4c286a1f2783e37cd8aaa3e091b" ns3:_="" ns4:_="">
     <xsd:import namespace="2204e8bd-95e2-4148-a2b3-628fc7862ce8"/>
     <xsd:import namespace="d73bae03-3a88-4c7d-9a74-7de958f23395"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:_activity" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSystemTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -2162,141 +2272,117 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FC21FF34-EB28-4AF7-BA6D-B4ECFE2F08AA}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="2204e8bd-95e2-4148-a2b3-628fc7862ce8"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D09BF7C3-12CD-4F52-8375-9CC644698BE4}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BB8EB1D6-7CD1-4B07-937F-D85DE76BF226}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="2204e8bd-95e2-4148-a2b3-628fc7862ce8"/>
     <ds:schemaRef ds:uri="d73bae03-3a88-4c7d-9a74-7de958f23395"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>547</Words>
-  <Characters>312</Characters>
+  <Words>668</Words>
+  <Characters>381</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>2</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>3</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>858</CharactersWithSpaces>
+  <CharactersWithSpaces>1047</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Vekt2</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100F6E98CCA8F957343BA4A2F3271E8138F</vt:lpwstr>
   </property>